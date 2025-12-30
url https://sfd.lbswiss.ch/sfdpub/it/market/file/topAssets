--- v1 (2025-11-13)
+++ v2 (2025-12-30)
@@ -6,104 +6,104 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/>
 <Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/>
 <Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Top 10 Assets Sep 2025" r:id="rId3" sheetId="1"/>
+    <sheet name="Top 10 Assets Nov 2025" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Top 10 Fund Classifications</t>
   </si>
   <si>
-    <t>Assets in bn. CHF, September 2025</t>
+    <t>Assets in bn. CHF, November 2025</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Fund Classification</t>
   </si>
   <si>
     <t>Assets in mio. CHF</t>
   </si>
   <si>
     <t>Assets in bn. CHF</t>
   </si>
   <si>
+    <t>Switzerland Equity</t>
+  </si>
+  <si>
     <t>CHF Bond</t>
   </si>
   <si>
-    <t>Switzerland Equity</t>
-[...1 lines deleted...]
-  <si>
     <t>Global Large-Cap Blend Equity</t>
   </si>
   <si>
     <t>US Large-Cap Blend Equity</t>
   </si>
   <si>
     <t>Other Equity</t>
   </si>
   <si>
     <t>USD Money Market - Short Term</t>
   </si>
   <si>
     <t>CHF Moderate Allocation</t>
   </si>
   <si>
     <t>Global Emerging Markets Equity</t>
   </si>
   <si>
     <t>Commodities - Precious Metals</t>
   </si>
   <si>
-    <t>Property - Direct Switzerland</t>
+    <t>CHF Cautious Allocation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0000"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
@@ -183,180 +183,180 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>3</v>
       </c>
       <c r="C4" t="s">
         <v>4</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n" s="1">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="n" s="2">
-        <v>142254.40041232</v>
+        <v>148183.70957645</v>
       </c>
       <c r="D5" s="3">
         <f>C5/1000</f>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n" s="4">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="n" s="5">
-        <v>138700.91829199</v>
+        <v>141724.16826071</v>
       </c>
       <c r="D6" s="6">
         <f>C6/1000</f>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n" s="7">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="n" s="8">
-        <v>132253.83631381</v>
+        <v>135773.91094179</v>
       </c>
       <c r="D7" s="9">
         <f>C7/1000</f>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n" s="10">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="n" s="11">
-        <v>122887.69770953</v>
+        <v>128171.0676109</v>
       </c>
       <c r="D8" s="12">
         <f>C8/1000</f>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n" s="13">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9" t="n" s="14">
-        <v>75629.52691083</v>
+        <v>76657.93063864</v>
       </c>
       <c r="D9" s="15">
         <f>C9/1000</f>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n" s="16">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="n" s="17">
-        <v>63728.1512066</v>
+        <v>66329.43265836</v>
       </c>
       <c r="D10" s="18">
         <f>C10/1000</f>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n" s="19">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B11" t="s">
         <v>12</v>
       </c>
       <c r="C11" t="n" s="20">
-        <v>55087.66457151</v>
+        <v>56306.15879396</v>
       </c>
       <c r="D11" s="21">
         <f>C11/1000</f>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n" s="22">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B12" t="s">
         <v>13</v>
       </c>
       <c r="C12" t="n" s="23">
-        <v>51423.09345541</v>
+        <v>53472.96033501</v>
       </c>
       <c r="D12" s="24">
         <f>C12/1000</f>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n" s="25">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13" t="n" s="26">
-        <v>44044.80431022</v>
+        <v>48452.48682653</v>
       </c>
       <c r="D13" s="27">
         <f>C13/1000</f>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n" s="28">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B14" t="s">
         <v>15</v>
       </c>
       <c r="C14" t="n" s="29">
-        <v>35132.54842175</v>
+        <v>33559.82129456</v>
       </c>
       <c r="D14" s="30">
         <f>C14/1000</f>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>