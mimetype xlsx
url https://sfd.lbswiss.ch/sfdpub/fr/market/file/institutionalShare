--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -6,62 +6,62 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/>
 <Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/>
 <Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Asset Allocation Inst. Sep 2025" r:id="rId3" sheetId="1"/>
+    <sheet name="Asset Allocation Inst. Nov 2025" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t>Asset Allocation Institutional Funds in the Swiss Fund Market</t>
   </si>
   <si>
-    <t>Market Share in %, September 2025</t>
+    <t>Market Share in %, November 2025</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Assets in mio. CHF</t>
   </si>
   <si>
     <t>Assets in bn. CHF</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Bond</t>
   </si>
   <si>
     <t>Money Market</t>
   </si>
@@ -201,166 +201,166 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>3</v>
       </c>
       <c r="C4" t="s">
         <v>4</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n" s="2">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B5" t="s" s="3">
         <v>6</v>
       </c>
       <c r="C5" s="5">
         <f>SUM(C6:C13)</f>
       </c>
       <c r="D5" s="7">
         <f>C5/1000</f>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n" s="8">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="n" s="9">
-        <v>254067.0858553</v>
+        <v>296324.10121173</v>
       </c>
       <c r="D6" s="10">
         <f>C6/1000</f>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n" s="11">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="n" s="12">
-        <v>185482.30037706</v>
+        <v>205375.5672811</v>
       </c>
       <c r="D7" s="13">
         <f>C7/1000</f>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n" s="14">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="n" s="15">
-        <v>55924.82549123</v>
+        <v>58219.7796609</v>
       </c>
       <c r="D8" s="16">
         <f>C8/1000</f>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n" s="17">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9" t="n" s="18">
-        <v>28573.31111765</v>
+        <v>30495.07934468</v>
       </c>
       <c r="D9" s="19">
         <f>C9/1000</f>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n" s="20">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="n" s="21">
-        <v>4653.85219397</v>
+        <v>4717.19243567</v>
       </c>
       <c r="D10" s="22">
         <f>C10/1000</f>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n" s="23">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B11" t="s">
         <v>12</v>
       </c>
       <c r="C11" t="n" s="24">
-        <v>1463.51731278</v>
+        <v>1457.58816913</v>
       </c>
       <c r="D11" s="25">
         <f>C11/1000</f>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n" s="26">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B12" t="s">
         <v>13</v>
       </c>
       <c r="C12" t="n" s="27">
-        <v>481.81</v>
+        <v>496.4744292</v>
       </c>
       <c r="D12" s="28">
         <f>C12/1000</f>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n" s="29">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13" t="n" s="30">
-        <v>219.70221315</v>
+        <v>208.75335667</v>
       </c>
       <c r="D13" s="31">
         <f>C13/1000</f>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>