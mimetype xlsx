--- v1 (2025-11-26)
+++ v2 (2025-12-31)
@@ -6,62 +6,62 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/>
 <Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/>
 <Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Inst. Flows 5 Years Sep 2025" r:id="rId3" sheetId="1"/>
+    <sheet name="Inst. Flows 5 Years Nov 2025" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Institutional Funds Flows in the Swiss Fund Market</t>
   </si>
   <si>
-    <t>Flows cumulated over different periods in mio. CHF, September 2025</t>
+    <t>Flows cumulated over different periods in mio. CHF, November 2025</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Period</t>
   </si>
   <si>
     <t>Flows per year</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
@@ -146,106 +146,106 @@
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>3</v>
       </c>
       <c r="C4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n" s="1">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="n" s="2">
-        <v>14318.22256752</v>
+        <v>16443.85227493</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n" s="3">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="n" s="4">
-        <v>2352.59502711</v>
+        <v>4747.37598792</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n" s="5">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="n" s="6">
-        <v>-3793.7032244</v>
+        <v>-2153.28863744</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n" s="7">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="n" s="8">
-        <v>5529.62441919</v>
+        <v>7172.96805628</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n" s="9">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="n" s="10">
-        <v>6617.49649355</v>
+        <v>7946.09972379</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n" s="11">
-        <v>45930.0</v>
+        <v>45991.0</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="n" s="12">
-        <v>8990.64494205</v>
+        <v>14087.2457744</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>